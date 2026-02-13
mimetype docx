--- v0 (2025-11-27)
+++ v1 (2026-02-13)
@@ -12,80 +12,80 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="02F06F31" w14:textId="22CA43A4" w:rsidR="00377707" w:rsidRPr="005C491E" w:rsidRDefault="0064109A">
+    <w:p w14:paraId="02F06F31" w14:textId="2BC2E57E" w:rsidR="00377707" w:rsidRPr="005C491E" w:rsidRDefault="0064109A">
       <w:r w:rsidRPr="005C491E">
         <w:t xml:space="preserve">Please complete the following information and return your completed form to </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="005C491E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>dta@unialliance.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005C491E">
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
       <w:r w:rsidRPr="003354E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003354E8" w:rsidRPr="003354E8">
+      <w:r w:rsidR="006F2007">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>31 October 2024</w:t>
+        <w:t>23 March 2026</w:t>
       </w:r>
       <w:r w:rsidR="004C6F7B">
         <w:t>, using ‘DTA Legacy Award Application’ in the subject field.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F037780" w14:textId="452F2AF9" w:rsidR="001A182D" w:rsidRDefault="001A182D" w:rsidP="29A6982C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">To be read in conjunction with </w:t>
       </w:r>
       <w:r w:rsidR="007E35B7">
         <w:t xml:space="preserve">DTA3 Legacy </w:t>
       </w:r>
       <w:r w:rsidR="59E50EB9">
         <w:t xml:space="preserve">Award </w:t>
       </w:r>
       <w:r w:rsidR="007E35B7">
         <w:t>Guidance documentation, which can be fou</w:t>
       </w:r>
       <w:r w:rsidR="003C1850">
         <w:t>nd at:</w:t>
@@ -4013,60 +4013,58 @@
         <w:sdtContent>
           <w:r w:rsidR="001E5F21">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="516FB18B" w14:textId="59047982" w:rsidR="004D173B" w:rsidRDefault="004D173B" w:rsidP="001E5F21">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E5F21">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Traveller</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001E5F21">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="1971238034"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="001E5F21">
             <w:rPr>
@@ -4349,157 +4347,157 @@
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-339000657"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00177081">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="63FFE7BF" w14:textId="472758C1" w:rsidR="004D173B" w:rsidRPr="00C21488" w:rsidRDefault="004D173B" w:rsidP="00C21488">
+    <w:p w14:paraId="63FFE7BF" w14:textId="7B1BC8B2" w:rsidR="004D173B" w:rsidRPr="00C21488" w:rsidRDefault="004D173B" w:rsidP="00C21488">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C21488">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
       <w:r w:rsidR="00C21488" w:rsidRPr="00C21488">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-756053207"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00D7142F">
+          <w:r w:rsidR="00C21488" w:rsidRPr="00C21488">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3A0A0CD1" w14:textId="77777777" w:rsidR="0037283C" w:rsidRPr="00B66ECF" w:rsidRDefault="0037283C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0037283C" w:rsidRPr="00B66ECF">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1AD7A683" w14:textId="77777777" w:rsidR="00116911" w:rsidRPr="005C491E" w:rsidRDefault="00116911" w:rsidP="00B66ECF">
+    <w:p w14:paraId="48234E52" w14:textId="77777777" w:rsidR="00990D0C" w:rsidRPr="005C491E" w:rsidRDefault="00990D0C" w:rsidP="00B66ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="005C491E">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6645A998" w14:textId="77777777" w:rsidR="00116911" w:rsidRPr="005C491E" w:rsidRDefault="00116911" w:rsidP="00B66ECF">
+    <w:p w14:paraId="176D48A4" w14:textId="77777777" w:rsidR="00990D0C" w:rsidRPr="005C491E" w:rsidRDefault="00990D0C" w:rsidP="00B66ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="005C491E">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="160EF493" w14:textId="77777777" w:rsidR="00116911" w:rsidRPr="005C491E" w:rsidRDefault="00116911">
+    <w:p w14:paraId="4EC25399" w14:textId="77777777" w:rsidR="00990D0C" w:rsidRPr="005C491E" w:rsidRDefault="00990D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4513,61 +4511,61 @@
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6D05E72C" w14:textId="77777777" w:rsidR="00B66ECF" w:rsidRPr="005C491E" w:rsidRDefault="00B66ECF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005C491E">
       <w:rPr>
         <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E0078B7" wp14:editId="0323D8C7">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>4556760</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-132080</wp:posOffset>
           </wp:positionV>
@@ -4616,83 +4614,83 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="005C491E">
       <w:rPr>
         <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>unialliance.ac.uk</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F6603FC" w14:textId="77777777" w:rsidR="00116911" w:rsidRPr="005C491E" w:rsidRDefault="00116911" w:rsidP="00B66ECF">
+    <w:p w14:paraId="45A8D99F" w14:textId="77777777" w:rsidR="00990D0C" w:rsidRPr="005C491E" w:rsidRDefault="00990D0C" w:rsidP="00B66ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="005C491E">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="20E310C1" w14:textId="77777777" w:rsidR="00116911" w:rsidRPr="005C491E" w:rsidRDefault="00116911" w:rsidP="00B66ECF">
+    <w:p w14:paraId="2AB276B2" w14:textId="77777777" w:rsidR="00990D0C" w:rsidRPr="005C491E" w:rsidRDefault="00990D0C" w:rsidP="00B66ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="005C491E">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="10A82F58" w14:textId="77777777" w:rsidR="00116911" w:rsidRPr="005C491E" w:rsidRDefault="00116911">
+    <w:p w14:paraId="252F9679" w14:textId="77777777" w:rsidR="00990D0C" w:rsidRPr="005C491E" w:rsidRDefault="00990D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="41851917" w14:textId="73579284" w:rsidR="00D2399F" w:rsidRPr="005C491E" w:rsidRDefault="00D2399F" w:rsidP="00D2399F">
     <w:pPr>
       <w:pStyle w:val="Title"/>
     </w:pPr>
     <w:r w:rsidRPr="005C491E">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34F04759" wp14:editId="00EDFB8D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4975860</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1463040" cy="1234440"/>
               <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="325240469" name="Text Box 2"/>
@@ -4798,51 +4796,51 @@
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:391.8pt;margin-top:0;width:115.2pt;height:97.2pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB1DBQgCwIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJk6414hRdugwD&#10;ugvQ7QNkWY6FyaJGKbG7ry8lu2m2vQ3zg0Ca1CF5eLS+GTrDjgq9Blvy+SznTFkJtbb7kn//tntz&#10;xZkPwtbCgFUlf1Se32xev1r3rlALaMHUChmBWF/0ruRtCK7IMi9b1Qk/A6csBRvATgRycZ/VKHpC&#10;70y2yPPLrAesHYJU3tPfuzHINwm/aZQMX5rGq8BMyam3kE5MZxXPbLMWxR6Fa7Wc2hD/0EUntKWi&#10;J6g7EQQ7oP4LqtMSwUMTZhK6DJpGS5VmoGnm+R/TPLTCqTQLkePdiSb//2Dl5+OD+4osDO9goAWm&#10;Iby7B/nDMwvbVti9ukWEvlWipsLzSFnWO19MVyPVvvARpOo/QU1LFocACWhosIus0JyM0GkBjyfS&#10;1RCYjCWXlxf5kkKSYvPFxXJJTqwhiufrDn34oKBj0Sg50lYTvDje+zCmPqfEah6MrnfamOTgvtoa&#10;ZEdBCtilb0L/Lc1Y1pf8erVYJWQL8X4SR6cDKdToruRXefxGzUQ63ts6pQShzWhT08ZO/ERKRnLC&#10;UA2UGHmqoH4kphBGJdLLIaMF/MVZTyosuf95EKg4Mx8tsX09j2ywkJzl6u2CHDyPVOcRYSVBlTxw&#10;NprbkKQeebBwS1tpdOLrpZOpV1JXYnx6CVG+537KenmvmycAAAD//wMAUEsDBBQABgAIAAAAIQDJ&#10;MvD23QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4MXapIrTI0qiJptfW&#10;/oABpkBkZwm7LfTfOz3p7U3ey5vv5ZvZ9upMo+8cG1guIlDElas7bgwcvj8fV6B8QK6xd0wGLuRh&#10;U9ze5JjVbuIdnfehUVLCPkMDbQhDprWvWrLoF24gFu/oRotBzrHR9YiTlNteP0VRoi12LB9aHOij&#10;pepnf7IGjtvp4WU9lV/hkO7i5B27tHQXY+7v5rdXUIHm8BeGK76gQyFMpTtx7VVvIF09JxI1IIuu&#10;drSMRZWi1nEMusj1/wXFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB1DBQgCwIAAPcD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDJMvD23QAA&#10;AAkBAAAPAAAAAAAAAAAAAAAAAGUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="13823FF9" w14:textId="77777777" w:rsidR="00D2399F" w:rsidRPr="005C491E" w:rsidRDefault="00D2399F" w:rsidP="00D2399F">
                     <w:r w:rsidRPr="005C491E">
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:drawing>
                         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62D958E7" wp14:editId="47346EA2">
                           <wp:extent cx="1162050" cy="1134110"/>
                           <wp:effectExtent l="0" t="0" r="0" b="0"/>
                           <wp:docPr id="1123087716" name="Picture 6" descr="A black background with a black square&#10;&#10;Description automatically generated with medium confidence"/>
                           <wp:cNvGraphicFramePr>
                             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                           </wp:cNvGraphicFramePr>
                           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:nvPicPr>
                                   <pic:cNvPr id="1713182410" name="Picture 6" descr="A black background with a black square&#10;&#10;Description automatically generated with medium confidence"/>
                                   <pic:cNvPicPr/>
                                 </pic:nvPicPr>
                                 <pic:blipFill>
-                                  <a:blip r:embed="rId2">
+                                  <a:blip r:embed="rId1">
                                     <a:extLst>
                                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                       </a:ext>
                                     </a:extLst>
                                   </a:blip>
                                   <a:stretch>
                                     <a:fillRect/>
                                   </a:stretch>
                                 </pic:blipFill>
                                 <pic:spPr>
                                   <a:xfrm>
                                     <a:off x="0" y="0"/>
                                     <a:ext cx="1162050" cy="1134110"/>
                                   </a:xfrm>
                                   <a:prstGeom prst="rect">
                                     <a:avLst/>
                                   </a:prstGeom>
                                 </pic:spPr>
                               </pic:pic>
                             </a:graphicData>
                           </a:graphic>
                         </wp:inline>
                       </w:drawing>
                     </w:r>
@@ -4859,51 +4857,51 @@
       <w:t>DTA3 Legacy Fund</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="662FB47D" w14:textId="523E0468" w:rsidR="00D2399F" w:rsidRPr="005C491E" w:rsidRDefault="00D2399F" w:rsidP="00D2399F">
     <w:pPr>
       <w:pStyle w:val="Title"/>
     </w:pPr>
     <w:r w:rsidRPr="005C491E">
       <w:t>Application form</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="07E68F17" w14:textId="228F6D0F" w:rsidR="00D2399F" w:rsidRPr="005C491E" w:rsidRDefault="00D2399F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="23CA91DC" w14:textId="77777777" w:rsidR="00D2399F" w:rsidRPr="005C491E" w:rsidRDefault="00D2399F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03A573A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D610B680"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6140,195 +6138,196 @@
   <w:num w:numId="5" w16cid:durableId="1099790866">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="377627410">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1979647812">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="636305545">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="153686910">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2023510712">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="289556010">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D2399F"/>
     <w:rsid w:val="00025EEF"/>
     <w:rsid w:val="00061FF4"/>
     <w:rsid w:val="000A7D9E"/>
-    <w:rsid w:val="00116911"/>
     <w:rsid w:val="001176C5"/>
     <w:rsid w:val="00177081"/>
     <w:rsid w:val="00177339"/>
     <w:rsid w:val="00187E55"/>
     <w:rsid w:val="001A182D"/>
     <w:rsid w:val="001A488D"/>
     <w:rsid w:val="001C18B7"/>
     <w:rsid w:val="001E5F21"/>
     <w:rsid w:val="00257C25"/>
     <w:rsid w:val="002759C3"/>
     <w:rsid w:val="0029125F"/>
     <w:rsid w:val="002B7F69"/>
     <w:rsid w:val="002D29BA"/>
     <w:rsid w:val="00302225"/>
     <w:rsid w:val="003354E8"/>
     <w:rsid w:val="0037283C"/>
     <w:rsid w:val="00377707"/>
     <w:rsid w:val="003C1850"/>
     <w:rsid w:val="003D2874"/>
     <w:rsid w:val="0046195A"/>
     <w:rsid w:val="004A4939"/>
     <w:rsid w:val="004C6F7B"/>
     <w:rsid w:val="004D173B"/>
     <w:rsid w:val="004E40F0"/>
     <w:rsid w:val="005379EC"/>
     <w:rsid w:val="00581E8A"/>
     <w:rsid w:val="005A1D10"/>
     <w:rsid w:val="005B7E32"/>
     <w:rsid w:val="005C4714"/>
     <w:rsid w:val="005C491E"/>
     <w:rsid w:val="00627A2B"/>
     <w:rsid w:val="0064109A"/>
     <w:rsid w:val="00643C9C"/>
+    <w:rsid w:val="006F2007"/>
     <w:rsid w:val="006F6384"/>
     <w:rsid w:val="007335CC"/>
     <w:rsid w:val="00790D70"/>
     <w:rsid w:val="00792154"/>
     <w:rsid w:val="007C77D7"/>
     <w:rsid w:val="007E35B7"/>
     <w:rsid w:val="007F43FB"/>
     <w:rsid w:val="00873779"/>
     <w:rsid w:val="008E5B02"/>
+    <w:rsid w:val="008F05C1"/>
     <w:rsid w:val="008F0A51"/>
     <w:rsid w:val="00917B42"/>
+    <w:rsid w:val="00990D0C"/>
     <w:rsid w:val="009C2C09"/>
     <w:rsid w:val="00A93C8A"/>
     <w:rsid w:val="00A94A35"/>
     <w:rsid w:val="00A95539"/>
     <w:rsid w:val="00AB0DE2"/>
+    <w:rsid w:val="00B11737"/>
     <w:rsid w:val="00B51425"/>
     <w:rsid w:val="00B57226"/>
     <w:rsid w:val="00B66ECF"/>
     <w:rsid w:val="00B6715A"/>
     <w:rsid w:val="00B97FBD"/>
     <w:rsid w:val="00BA0D5A"/>
     <w:rsid w:val="00BA3E8F"/>
     <w:rsid w:val="00C21488"/>
     <w:rsid w:val="00C35436"/>
     <w:rsid w:val="00D2399F"/>
     <w:rsid w:val="00D41E16"/>
     <w:rsid w:val="00D55324"/>
     <w:rsid w:val="00D65E99"/>
-    <w:rsid w:val="00D7142F"/>
     <w:rsid w:val="00D77F80"/>
     <w:rsid w:val="00DC777A"/>
     <w:rsid w:val="00DD3EC9"/>
     <w:rsid w:val="00DE64F8"/>
     <w:rsid w:val="00E5023D"/>
-    <w:rsid w:val="00E748CE"/>
     <w:rsid w:val="00E96B17"/>
     <w:rsid w:val="00EB084B"/>
     <w:rsid w:val="00EE5E2B"/>
     <w:rsid w:val="00F00EF5"/>
     <w:rsid w:val="00F11B86"/>
     <w:rsid w:val="00F6526D"/>
     <w:rsid w:val="00FA56BD"/>
     <w:rsid w:val="00FF13D8"/>
     <w:rsid w:val="00FF78E9"/>
     <w:rsid w:val="29A6982C"/>
     <w:rsid w:val="405D047A"/>
     <w:rsid w:val="5728ECAA"/>
     <w:rsid w:val="59E50EB9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="60F40959"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{831FC3AB-597C-4A68-93F7-639CAFD21241}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6946,111 +6945,111 @@
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A95539"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F1F8A" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00A95539"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unialliance.ac.uk/dta/dta3-cofund/legacy-fund" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dta@unialliance.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unialliance.ac.uk/dta/dta3-cofund/legacy-fund" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dta@unialliance.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\University%20Alliance\OneDrive%20-%20University%20Alliance\Documents\Custom%20Office%20Templates\University%20Alliance%20Word%20template.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C94A7004-6647-4765-A8EB-7B9B725A88C7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E7ED3" w:rsidRDefault="00F80C30">
+        <w:p w:rsidR="007B163E" w:rsidRDefault="00F80C30">
           <w:r w:rsidRPr="00AE5B24">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7064,111 +7063,111 @@
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F80C30"/>
-    <w:rsid w:val="001E7ED3"/>
+    <w:rsid w:val="00136A13"/>
+    <w:rsid w:val="007B163E"/>
+    <w:rsid w:val="00B11737"/>
     <w:rsid w:val="00B51425"/>
     <w:rsid w:val="00D775A3"/>
-    <w:rsid w:val="00E55D59"/>
-    <w:rsid w:val="00E748CE"/>
     <w:rsid w:val="00F80C30"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7565,51 +7564,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F80C30"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="University Alliance Powerpoint theme">
   <a:themeElements>
     <a:clrScheme name="Custom 10">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="495EEB"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EFF4F5"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="495EEB"/>
       </a:accent1>
       <a:accent2>
@@ -7785,52 +7784,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="University Alliance Powerpoint theme" id="{4C8CC16F-E7FA-457C-834D-548B989FB617}" vid="{E5038FA4-F443-4E4D-B872-B078FD892C16}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AA3B55ECE3E11245A4B6E1DC925266B2" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b19dbb67f94bc6b64327b875f21557aa">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1ea259a0-a255-4dae-8cb0-28cbdf908a9d" xmlns:ns3="4250a0e8-165e-4fda-8c6f-13ea26caf134" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="46b66979c5d06264e31ee172eb5124d8" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AA3B55ECE3E11245A4B6E1DC925266B2" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d9c8cbe4d54b01f5ba3c960cabbf06da">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1ea259a0-a255-4dae-8cb0-28cbdf908a9d" xmlns:ns3="4250a0e8-165e-4fda-8c6f-13ea26caf134" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b5b7ab991280a83151bd307fd5e4d46f" ns2:_="" ns3:_="">
     <xsd:import namespace="1ea259a0-a255-4dae-8cb0-28cbdf908a9d"/>
     <xsd:import namespace="4250a0e8-165e-4fda-8c6f-13ea26caf134"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -8040,102 +8039,87 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="4250a0e8-165e-4fda-8c6f-13ea26caf134" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="1ea259a0-a255-4dae-8cb0-28cbdf908a9d">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5239E7C9-318F-45C5-A484-52C3BF218908}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E1D3DF3-B5A4-4372-ADCD-A434B6F82A51}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81D19BBA-95B6-4057-9C4A-7A6862953422}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4250a0e8-165e-4fda-8c6f-13ea26caf134"/>
     <ds:schemaRef ds:uri="1ea259a0-a255-4dae-8cb0-28cbdf908a9d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29F26AE1-B498-44F0-AF58-7B6C8187A2AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>University Alliance Word template</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>802</Words>
-  <Characters>4578</Characters>
+  <Characters>4576</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5370</CharactersWithSpaces>
+  <CharactersWithSpaces>5368</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>University Alliance</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AA3B55ECE3E11245A4B6E1DC925266B2</vt:lpwstr>
   </property>